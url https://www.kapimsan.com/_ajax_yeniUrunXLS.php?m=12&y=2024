--- v0 (2025-10-18)
+++ v1 (2025-12-09)
@@ -12,113 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Yeni Ürünler" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>KAPİMSAN REF.</t>
   </si>
   <si>
     <t>OEM REF. 1</t>
   </si>
   <si>
     <t>OEM REF. 2</t>
   </si>
   <si>
     <t>OEM REF. 3</t>
   </si>
   <si>
     <t>OEM REF. 4</t>
   </si>
   <si>
     <t>PRODUCT</t>
   </si>
   <si>
     <t>FITTING POSITION</t>
   </si>
   <si>
     <t>BRAND / MODEL</t>
   </si>
   <si>
     <t>YEAR</t>
   </si>
   <si>
     <t>08-74802</t>
   </si>
   <si>
     <t>1782008</t>
   </si>
   <si>
     <t>CV615K652AAC</t>
   </si>
   <si>
     <t>2271246</t>
   </si>
   <si>
     <t>CV615K652AAD</t>
   </si>
   <si>
+    <t>Rear Arm</t>
+  </si>
+  <si>
+    <t>Rear Axle Left/Right</t>
+  </si>
+  <si>
+    <t>FORD / KUGA II</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2012 -&gt; </t>
+  </si>
+  <si>
+    <t>22-71290</t>
+  </si>
+  <si>
+    <t>4806910110*</t>
+  </si>
+  <si>
+    <t>48069F4010*</t>
+  </si>
+  <si>
     <t>Track Control Arm</t>
-  </si>
-[...16 lines deleted...]
-    <t>48069F4010*</t>
   </si>
   <si>
     <t>Front Axle Left Lower</t>
   </si>
   <si>
     <t>TOYOTA / C-HR (X1)</t>
   </si>
   <si>
     <t xml:space="preserve">2016 -&gt; </t>
   </si>
   <si>
     <t>TOYOTA / COROLLA CROSS</t>
   </si>
   <si>
     <t xml:space="preserve">2021 -&gt; </t>
   </si>
   <si>
     <t>22-71291</t>
   </si>
   <si>
     <t>4806810130*</t>
   </si>
   <si>
     <t>48068F4010*</t>
   </si>
@@ -574,227 +577,227 @@
         <v>14</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9" customHeight="1" ht="20">
       <c r="A3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="1" ht="20">
       <c r="A4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:9" customHeight="1" ht="20">
       <c r="A5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:9" customHeight="1" ht="20">
       <c r="A6" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:9" customHeight="1" ht="20">
       <c r="A7" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9" customHeight="1" ht="20">
       <c r="A8" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9" customHeight="1" ht="20">
       <c r="A9" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:9" customHeight="1" ht="20">
       <c r="A10" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:9" customHeight="1" ht="20">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>